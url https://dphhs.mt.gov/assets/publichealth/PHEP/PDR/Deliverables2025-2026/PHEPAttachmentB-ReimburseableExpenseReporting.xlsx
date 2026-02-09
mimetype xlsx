--- v0 (2025-10-17)
+++ v1 (2026-02-09)
@@ -12,134 +12,114 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mtgov-my.sharepoint.com/personal/csk433_mt_gov/Documents/Desktop/2025 – 2026 PHEP Deliverables Calendar 19FEB25_files/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\state.mt.ads\HHS\Shared\PHSD\DIV-SHARE\CDCP Bureau\CDCPB PHEP\FY19 HPP-PHEP\FY26 Grant\PHEP\$$$ FISCAL\Deliverables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2323A739-BD70-4A97-93BE-66A93444A8E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF6A0C32-C4D1-4D59-86B5-54222C8EC818}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PHEP Reimbursable Expenses" sheetId="1" r:id="rId1"/>
     <sheet name="PHEP Reimbursable Instructions" sheetId="2" r:id="rId2"/>
     <sheet name="Personnel Expenses" sheetId="3" r:id="rId3"/>
     <sheet name="Personnel Instructions" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B10" i="2" l="1"/>
-[...21 lines deleted...]
-  <c r="A6" i="1"/>
+  <c r="B63" i="2" l="1"/>
+  <c r="B50" i="1"/>
+  <c r="B33" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="95">
   <si>
     <t>Notes/Comments</t>
   </si>
   <si>
     <t>EXAMPLE</t>
   </si>
   <si>
     <t>EXAMPLE/INSTRUCTIONS</t>
   </si>
   <si>
     <t xml:space="preserve">Task Order #: </t>
   </si>
   <si>
     <t xml:space="preserve">Amount  Approved for Payment: </t>
   </si>
   <si>
     <t>Total Reimbursement Requested</t>
   </si>
   <si>
     <t xml:space="preserve">Authorized Representative Type Name Here: </t>
   </si>
   <si>
     <t xml:space="preserve">“I certify to the best of my knowledge and belief that the information provided herein is true, complete, and accurate. I am aware that the provision of false, fictitious, or fraudulent information, or the omission of any material fact, may subject me to criminal, civil, or administrative consequences including, but not limited to violations of U.S. Code Title 18, Sections 2, 1001, 1343 and Title 31, Sections 3729-3730 and 3801-3812.” Each such certification must be maintained pursuant to the requirements of § 200.334. </t>
   </si>
   <si>
@@ -207,302 +187,297 @@
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>DPHHS Comments:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Jurisdiction: Beaverhead County</t>
   </si>
   <si>
     <t>Additional Operating Overhead</t>
   </si>
   <si>
-    <t>List each employee's time devoted to PHEP activites. You may list more than 1 employee</t>
-[...4 lines deleted...]
-  <si>
     <t>FTE</t>
   </si>
   <si>
-    <t>Ensure documention matches hourly FTE alloted in Task Order (eg.1.0 FTE or perhaps 0.5 FTE)</t>
-[...16 lines deleted...]
-  <si>
     <t>Salary/Benefits/Total  Amount Requested</t>
   </si>
   <si>
-    <t>Please clearly mark the supporting documentation and note the location of this information in the supporting documentation here. (e.g."Pg. 1 see blue highlighted information")</t>
-[...1 lines deleted...]
-  <si>
     <t>Supporting documents provided</t>
   </si>
   <si>
     <t xml:space="preserve">Identify the budget/fiscal code for requested SPHWF salary/fringe </t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">This section will auto-populate based on the information entered in rows 13 and 27. </t>
   </si>
   <si>
     <t>Notes/Comments:</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Notes/Comments:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t># of Technical Assistance/Follow Up Question Returns:</t>
   </si>
   <si>
     <t xml:space="preserve">DATE Fully Correct Documents Received: </t>
   </si>
   <si>
     <t>DATE sent to FOSB:</t>
   </si>
   <si>
     <t>Date Approved and Paid by FOSB:</t>
   </si>
   <si>
     <t>Enter Jurisdiction</t>
   </si>
   <si>
     <t>JAN-MARCH 2024 STRENGTHENING PUBLIC HEALTH WORKFORCE</t>
-  </si>
-[...25 lines deleted...]
-    <t>Name of company if a contractor. If individually hired- state "self employed."</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total cost for the position including benefits and employer costs (worker's comp, etc.) </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Payroll ledger report should only include this individual.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Dollar amount on supporting documents must match amount requested or reimbursement request will be returned unpaid. Please note the page/location of this information in the supporting documentation. (e.g. Pg. 1 see blue highlighted information)</t>
     </r>
   </si>
   <si>
-    <t>This position completed the coordinating, managing, implementing and evaluating emergency response and resiliency activities. In addition to supervising contact tracing and call center staff responding to COVID‐19, the position worked alongside the health department leadership team including the Emergency Preparedness Coordinator to evaluate activities to help inform future emergency response efforts).  This position supervised contact tracing/call center, and other support staff.</t>
-[...4 lines deleted...]
-  <si>
     <t>Employee # 1</t>
   </si>
   <si>
     <t>Employee #2</t>
   </si>
   <si>
     <t>Employee #3</t>
   </si>
   <si>
     <t>Employee #4</t>
   </si>
   <si>
     <t>Employee #5</t>
   </si>
   <si>
     <t>Employee Name</t>
   </si>
   <si>
     <t>Expense Amount</t>
   </si>
   <si>
-    <t>Dan Synness</t>
-[...7 lines deleted...]
-  <si>
     <t>Taylor Curry</t>
   </si>
   <si>
-    <t>Christin Stewart</t>
-[...1 lines deleted...]
-  <si>
     <t>Staff Salary/Benefits</t>
   </si>
   <si>
-    <t>If you have any questions or need any assistance please call Dan Synness, Financial Specialist at 406-444-6927 or email dsynness@mt.gov</t>
-[...1 lines deleted...]
-  <si>
     <t>County building</t>
   </si>
   <si>
     <t>Date  Completed:</t>
   </si>
   <si>
-    <t>Email Reimbursement Request and supporting accounting documentation to Dan Synness, dsynness@mt.gov</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Dan Synness, MT DPHHS PHEP                                                         </t>
   </si>
   <si>
-    <t>PHEP Program Liaison</t>
-[...1 lines deleted...]
-  <si>
     <t>0.5 / 20 hours per week</t>
   </si>
   <si>
-    <t>Still employed</t>
-[...11 lines deleted...]
-  <si>
     <t>Include matching funds in this Misc. Comments columns</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DATE of Original Submission Documents Received by PHEP: </t>
+  </si>
+  <si>
+    <t>Misc. Comments: Please include matching funds in the this section.</t>
+  </si>
+  <si>
+    <t>If you have any questions or need any assistance please call Trisha Gardner at 406-444-6736 or email trisha.gardner@mt.gov</t>
+  </si>
+  <si>
+    <t>Email Reimbursement Request and supporting accounting documentation to Trisha Gardner, trisha.gardner@mt.gov</t>
+  </si>
+  <si>
+    <t>List the employee name here</t>
+  </si>
+  <si>
+    <t>John Doe</t>
+  </si>
+  <si>
+    <t>Alfred Howard</t>
+  </si>
+  <si>
+    <t>Jane Grow</t>
+  </si>
+  <si>
+    <t>List each utility company here</t>
+  </si>
+  <si>
+    <t>Match of $2136</t>
+  </si>
+  <si>
+    <t>List the rental company here</t>
+  </si>
+  <si>
+    <t>Match of $900 per month = $2700 total</t>
+  </si>
+  <si>
+    <t>Energy company</t>
+  </si>
+  <si>
+    <t>Gas company</t>
+  </si>
+  <si>
+    <t>List the amount of rent charged to the PHEP program for the quarter here</t>
+  </si>
+  <si>
+    <t>List the amount of each utility that is charged to PHEP for the quarter here</t>
+  </si>
+  <si>
+    <t>List the specific employee's total salary and benefits charged to PHEP here.</t>
+  </si>
+  <si>
+    <t>Include any comments or match information here</t>
+  </si>
+  <si>
+    <t>Office line</t>
+  </si>
+  <si>
+    <t>Cell phone</t>
+  </si>
+  <si>
+    <t>List each phone company here</t>
+  </si>
+  <si>
+    <t>List the amount of each phone that is charged to PHEP for the quarter here</t>
+  </si>
+  <si>
+    <t>List any equipment over $10,000 that was purchased here</t>
+  </si>
+  <si>
+    <t>Summer Institute Registration Fee</t>
+  </si>
+  <si>
+    <t>FAX/Copy/Printing/Postage</t>
+  </si>
+  <si>
+    <t>Office Supplies (paper, pens, etc)</t>
+  </si>
+  <si>
+    <t>Jurisdiction: Please complete with the name of the jurisdiction requesting reimbursement</t>
+  </si>
+  <si>
+    <t>Date  Completed: Fill in the date completed</t>
+  </si>
+  <si>
+    <t>Type the name of the authorized representative from the jurisdiction here</t>
+  </si>
+  <si>
+    <t>FOR DPHHS USE ONLY</t>
+  </si>
+  <si>
+    <t>Spectrum</t>
+  </si>
+  <si>
+    <t>List the internet provider here</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total internet split between two programs at $99.98 per month. PHEP total is $49.99 per month </t>
+  </si>
+  <si>
+    <t>List the amount for internet service that is charged to PHEP for the quarter here</t>
+  </si>
+  <si>
+    <t>List any mileage here</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FTE to the nearest hundredth based and number of hours worked per week (NOTE: 1.00FTE = 40 hours per week).  </t>
+  </si>
+  <si>
+    <t>Email Reimbursement Request and supporting documentation to trisha.gardner@mt.gov</t>
+  </si>
+  <si>
+    <t>If you have any questions or need any assistance please call Trisha Gardner at 406-444-6736 or trisha.gardner@mt.gov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="5">
+  <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
-    <numFmt numFmtId="164" formatCode="m/d/yyyy;@"/>
-[...2 lines deleted...]
-    <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="164" formatCode="\$0.00"/>
+    <numFmt numFmtId="165" formatCode="\$#,##0.00"/>
+    <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
@@ -535,57 +510,50 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF7030A0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
@@ -599,90 +567,134 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="7">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1" tint="4.9989318521683403E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="36">
+  <borders count="37">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -692,120 +704,90 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...43 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
@@ -1089,475 +1071,599 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="140">
+  <cellXfs count="171">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="167" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="8" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="14" fillId="5" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...92 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...113 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="20" fillId="8" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1894,1955 +2000,1642 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
+    <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F67"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:C63"/>
+    <sheetView topLeftCell="A46" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B53" sqref="B53"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="24.83203125" defaultRowHeight="15.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="24.77734375" defaultRowHeight="15.6" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="53.1640625" style="8" customWidth="1"/>
-    <col min="2" max="2" width="38.5" style="3" customWidth="1"/>
+    <col min="1" max="1" width="53.109375" style="7" customWidth="1"/>
+    <col min="2" max="2" width="38.44140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="96" style="3" customWidth="1"/>
-    <col min="5" max="5" width="28.83203125" customWidth="1"/>
+    <col min="5" max="5" width="28.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="98.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="115" t="e" vm="1">
+    <row r="1" spans="1:6" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="131" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
-      <c r="B1" s="115"/>
-[...3 lines deleted...]
-      <c r="A2" s="93" t="s">
+      <c r="B1" s="131"/>
+      <c r="C1" s="131"/>
+    </row>
+    <row r="2" spans="1:6" s="10" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A2" s="76" t="s">
         <v>28</v>
       </c>
-      <c r="B2" s="124" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="124" t="s">
+      <c r="B2" s="140" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" s="140" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="22.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...69 lines deleted...]
-      <c r="C9" s="26"/>
+    <row r="3" spans="1:6" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="B3" s="141"/>
+      <c r="C3" s="141"/>
+    </row>
+    <row r="4" spans="1:6" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="64"/>
+      <c r="B4" s="65"/>
+      <c r="C4" s="65"/>
+    </row>
+    <row r="5" spans="1:6" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="79" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" s="80"/>
+      <c r="C5" s="81"/>
+      <c r="D5" s="132"/>
+      <c r="E5" s="133"/>
+      <c r="F5" s="133"/>
+    </row>
+    <row r="6" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="74"/>
+      <c r="B6" s="63"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="19"/>
+      <c r="F6" s="19"/>
+    </row>
+    <row r="7" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="74"/>
+      <c r="B7" s="63"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="19"/>
+      <c r="E7" s="19"/>
+      <c r="F7" s="19"/>
+    </row>
+    <row r="8" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="74"/>
+      <c r="B8" s="63"/>
+      <c r="C8" s="23"/>
+    </row>
+    <row r="9" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="74"/>
+      <c r="B9" s="63"/>
+      <c r="C9" s="23"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
     </row>
-    <row r="10" spans="1:6" ht="19.899999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="C10" s="26"/>
+    <row r="10" spans="1:6" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="74"/>
+      <c r="B10" s="63"/>
+      <c r="C10" s="23"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
     </row>
-    <row r="11" spans="1:6" ht="19.899999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="96" t="s">
+    <row r="11" spans="1:6" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="79" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="97"/>
-[...12 lines deleted...]
-      <c r="A13" s="96" t="s">
+      <c r="B11" s="80"/>
+      <c r="C11" s="81"/>
+    </row>
+    <row r="12" spans="1:6" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="75"/>
+      <c r="B12" s="71"/>
+      <c r="C12" s="20"/>
+    </row>
+    <row r="13" spans="1:6" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="79" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="97"/>
-[...18 lines deleted...]
-      <c r="A17" s="96" t="s">
+      <c r="B13" s="80"/>
+      <c r="C13" s="81"/>
+    </row>
+    <row r="14" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="75"/>
+      <c r="B14" s="71"/>
+      <c r="C14" s="20"/>
+    </row>
+    <row r="15" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="75"/>
+      <c r="B15" s="71"/>
+      <c r="C15" s="20"/>
+    </row>
+    <row r="16" spans="1:6" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="75"/>
+      <c r="B16" s="71"/>
+      <c r="C16" s="20"/>
+    </row>
+    <row r="17" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="79" t="s">
         <v>24</v>
       </c>
-      <c r="B17" s="97"/>
-[...8 lines deleted...]
-      <c r="A19" s="96" t="s">
+      <c r="B17" s="80"/>
+      <c r="C17" s="81"/>
+    </row>
+    <row r="18" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="75"/>
+      <c r="B18" s="71"/>
+      <c r="C18" s="20"/>
+    </row>
+    <row r="19" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="79" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="97"/>
-[...8 lines deleted...]
-      <c r="A21" s="96" t="s">
+      <c r="B19" s="80"/>
+      <c r="C19" s="81"/>
+    </row>
+    <row r="20" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="75"/>
+      <c r="B20" s="71"/>
+      <c r="C20" s="20"/>
+    </row>
+    <row r="21" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="79" t="s">
         <v>11</v>
       </c>
-      <c r="B21" s="97"/>
-[...8 lines deleted...]
-      <c r="A23" s="96" t="s">
+      <c r="B21" s="80"/>
+      <c r="C21" s="81"/>
+    </row>
+    <row r="22" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="75"/>
+      <c r="B22" s="71"/>
+      <c r="C22" s="20"/>
+    </row>
+    <row r="23" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="79" t="s">
         <v>12</v>
       </c>
-      <c r="B23" s="97"/>
-[...13 lines deleted...]
-      <c r="A26" s="96" t="s">
+      <c r="B23" s="80"/>
+      <c r="C23" s="81"/>
+    </row>
+    <row r="24" spans="1:3" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="75"/>
+      <c r="B24" s="72"/>
+      <c r="C24" s="20"/>
+    </row>
+    <row r="25" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="75"/>
+      <c r="B25" s="72"/>
+      <c r="C25" s="20"/>
+    </row>
+    <row r="26" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="B26" s="97"/>
-[...13 lines deleted...]
-      <c r="A29" s="96" t="s">
+      <c r="B26" s="80"/>
+      <c r="C26" s="81"/>
+    </row>
+    <row r="27" spans="1:3" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="75"/>
+      <c r="B27" s="71"/>
+      <c r="C27" s="20"/>
+    </row>
+    <row r="28" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="75"/>
+      <c r="B28" s="71"/>
+      <c r="C28" s="20"/>
+    </row>
+    <row r="29" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="B29" s="97"/>
-[...13 lines deleted...]
-      <c r="A32" s="96" t="s">
+      <c r="B29" s="80"/>
+      <c r="C29" s="81"/>
+    </row>
+    <row r="30" spans="1:3" ht="19.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="75"/>
+      <c r="B30" s="71"/>
+      <c r="C30" s="20"/>
+    </row>
+    <row r="31" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="75"/>
+      <c r="B31" s="71"/>
+      <c r="C31" s="20"/>
+    </row>
+    <row r="32" spans="1:3" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="79" t="s">
         <v>13</v>
       </c>
-      <c r="B32" s="97"/>
-[...8 lines deleted...]
-      <c r="A34" s="96" t="s">
+      <c r="B32" s="80"/>
+      <c r="C32" s="81"/>
+    </row>
+    <row r="33" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="75"/>
+      <c r="B33" s="71"/>
+      <c r="C33" s="20"/>
+    </row>
+    <row r="34" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="B34" s="97"/>
-[...8 lines deleted...]
-      <c r="A36" s="96" t="s">
+      <c r="B34" s="80"/>
+      <c r="C34" s="81"/>
+    </row>
+    <row r="35" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="75"/>
+      <c r="B35" s="71"/>
+      <c r="C35" s="20"/>
+    </row>
+    <row r="36" spans="1:5" s="10" customFormat="1" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="B36" s="97"/>
-[...9 lines deleted...]
-      <c r="A38" s="96" t="s">
+      <c r="B36" s="80"/>
+      <c r="C36" s="81"/>
+      <c r="E36" s="22"/>
+    </row>
+    <row r="37" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="75"/>
+      <c r="B37" s="71"/>
+      <c r="C37" s="20"/>
+    </row>
+    <row r="38" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="B38" s="97"/>
-[...8 lines deleted...]
-      <c r="A40" s="96" t="s">
+      <c r="B38" s="80"/>
+      <c r="C38" s="81"/>
+    </row>
+    <row r="39" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="75"/>
+      <c r="B39" s="71"/>
+      <c r="C39" s="20"/>
+    </row>
+    <row r="40" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="B40" s="97"/>
-[...8 lines deleted...]
-      <c r="A42" s="96" t="s">
+      <c r="B40" s="80"/>
+      <c r="C40" s="81"/>
+    </row>
+    <row r="41" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="75"/>
+      <c r="B41" s="71"/>
+      <c r="C41" s="20"/>
+    </row>
+    <row r="42" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="B42" s="97"/>
-[...10 lines deleted...]
-      <c r="A44" s="96" t="s">
+      <c r="B42" s="80"/>
+      <c r="C42" s="81"/>
+      <c r="D42" s="18"/>
+      <c r="E42" s="18"/>
+    </row>
+    <row r="43" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="75"/>
+      <c r="B43" s="21"/>
+      <c r="C43" s="20"/>
+    </row>
+    <row r="44" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="B44" s="97"/>
-[...8 lines deleted...]
-      <c r="A46" s="96" t="s">
+      <c r="B44" s="80"/>
+      <c r="C44" s="81"/>
+    </row>
+    <row r="45" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="75"/>
+      <c r="B45" s="71"/>
+      <c r="C45" s="20"/>
+    </row>
+    <row r="46" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="B46" s="97"/>
-[...8 lines deleted...]
-      <c r="A48" s="96" t="s">
+      <c r="B46" s="80"/>
+      <c r="C46" s="81"/>
+    </row>
+    <row r="47" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="75"/>
+      <c r="B47" s="71"/>
+      <c r="C47" s="20"/>
+    </row>
+    <row r="48" spans="1:5" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="79" t="s">
         <v>29</v>
       </c>
-      <c r="B48" s="97"/>
-[...8 lines deleted...]
-      <c r="A50" s="84" t="s">
+      <c r="B48" s="80"/>
+      <c r="C48" s="81"/>
+    </row>
+    <row r="49" spans="1:4" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="75"/>
+      <c r="B49" s="73"/>
+      <c r="C49" s="20"/>
+    </row>
+    <row r="50" spans="1:4" s="27" customFormat="1" ht="21.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="67" t="s">
         <v>5</v>
       </c>
-      <c r="B50" s="85">
+      <c r="B50" s="68">
         <f>SUM(B5:B48)</f>
-        <v>31600</v>
-[...1 lines deleted...]
-      <c r="C50" s="86" t="s">
+        <v>0</v>
+      </c>
+      <c r="C50" s="69" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="51" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="27" t="s">
+    <row r="51" spans="1:4" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="B51" s="119"/>
-[...4 lines deleted...]
-      <c r="A52" s="118" t="s">
+      <c r="B51" s="135"/>
+      <c r="C51" s="136"/>
+      <c r="D51" s="10"/>
+    </row>
+    <row r="52" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="134" t="s">
         <v>7</v>
       </c>
-      <c r="B52" s="118"/>
-[...4 lines deleted...]
-      <c r="A53" s="20" t="s">
+      <c r="B52" s="134"/>
+      <c r="C52" s="134"/>
+      <c r="D52" s="10"/>
+    </row>
+    <row r="53" spans="1:4" ht="22.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="B53" s="15"/>
-[...7 lines deleted...]
-      <c r="A55" s="103" t="s">
+      <c r="B53" s="170"/>
+      <c r="C53" s="26"/>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C54" s="25"/>
+      <c r="D54" s="10"/>
+    </row>
+    <row r="55" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A55" s="119" t="s">
         <v>27</v>
       </c>
-      <c r="B55" s="104"/>
-[...18 lines deleted...]
-      <c r="A59" s="14" t="s">
+      <c r="B55" s="120"/>
+      <c r="C55" s="121"/>
+    </row>
+    <row r="56" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A56" s="122"/>
+      <c r="B56" s="123"/>
+      <c r="C56" s="124"/>
+    </row>
+    <row r="57" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A57" s="122"/>
+      <c r="B57" s="123"/>
+      <c r="C57" s="124"/>
+    </row>
+    <row r="58" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A58" s="125"/>
+      <c r="B58" s="126"/>
+      <c r="C58" s="127"/>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="B59" s="121"/>
-[...3 lines deleted...]
-      <c r="A60" s="95" t="s">
+      <c r="B59" s="137"/>
+      <c r="C59" s="138"/>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="B60" s="123"/>
-[...33 lines deleted...]
-      <c r="C67" s="13"/>
+      <c r="B60" s="139"/>
+      <c r="C60" s="139"/>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="16"/>
+      <c r="B61" s="66"/>
+      <c r="C61" s="66"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="116" t="s">
+        <v>59</v>
+      </c>
+      <c r="B62" s="117"/>
+      <c r="C62" s="118"/>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A63" s="128" t="s">
+        <v>60</v>
+      </c>
+      <c r="B63" s="129"/>
+      <c r="C63" s="130"/>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A64" s="18"/>
+      <c r="B64" s="18"/>
+      <c r="C64" s="16"/>
+    </row>
+    <row r="65" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C65" s="11"/>
+    </row>
+    <row r="66" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C66" s="11"/>
+    </row>
+    <row r="67" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C67" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A62:C62"/>
     <mergeCell ref="A55:C58"/>
     <mergeCell ref="A63:C63"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="B51:C51"/>
     <mergeCell ref="B59:C59"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="B2:B3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="36" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E19ED9CB-8C70-40DE-BD26-1666D3DEEE0C}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:C93"/>
+  <dimension ref="A1:F106"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C49" sqref="C49"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A55" sqref="A55"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="42.83203125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="71.33203125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="42.77734375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="47.44140625" style="90" customWidth="1"/>
+    <col min="3" max="3" width="71.33203125" style="90" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="98.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="115" t="e" vm="1">
+    <row r="1" spans="1:3" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="131" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
-      <c r="B1" s="115"/>
-[...6 lines deleted...]
-      <c r="B2" s="124" t="s">
+      <c r="B1" s="131"/>
+      <c r="C1" s="131"/>
+    </row>
+    <row r="2" spans="1:3" s="10" customFormat="1" ht="84" x14ac:dyDescent="0.25">
+      <c r="A2" s="76" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" s="140" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" s="140" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="46.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" s="141"/>
+      <c r="C3" s="141"/>
+    </row>
+    <row r="4" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="155" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="155"/>
+      <c r="C4" s="155"/>
+    </row>
+    <row r="5" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="79" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" s="87"/>
+      <c r="C5" s="91"/>
+    </row>
+    <row r="6" spans="1:3" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" s="63" t="s">
         <v>73</v>
       </c>
-      <c r="C2" s="124" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="94" t="s">
+      <c r="C6" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" s="63">
+        <v>2136</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="82" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" s="63">
+        <v>448.2</v>
+      </c>
+      <c r="C8" s="23"/>
+    </row>
+    <row r="9" spans="1:3" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="82" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" s="63">
+        <v>892.45</v>
+      </c>
+      <c r="C9" s="23"/>
+    </row>
+    <row r="10" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="82"/>
+      <c r="B10" s="63"/>
+      <c r="C10" s="23"/>
+    </row>
+    <row r="11" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="79" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="87"/>
+      <c r="C11" s="91"/>
+    </row>
+    <row r="12" spans="1:3" s="83" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="85" t="s">
+        <v>67</v>
+      </c>
+      <c r="B12" s="88" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="71">
+        <v>300</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="79" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="87"/>
+      <c r="C14" s="91"/>
+    </row>
+    <row r="15" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="84" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" s="86" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="84" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="71">
+        <v>67.25</v>
+      </c>
+      <c r="C16" s="20"/>
+    </row>
+    <row r="17" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="84" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="71">
+        <v>28.33</v>
+      </c>
+      <c r="C17" s="20"/>
+    </row>
+    <row r="18" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="79" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="87"/>
+      <c r="C18" s="91"/>
+    </row>
+    <row r="19" spans="1:3" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="84" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="86" t="s">
+        <v>78</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="103" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="104"/>
+      <c r="C20" s="23"/>
+    </row>
+    <row r="21" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="102" t="s">
+        <v>76</v>
+      </c>
+      <c r="B21" s="101"/>
+      <c r="C21" s="23"/>
+    </row>
+    <row r="22" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" s="99"/>
+      <c r="C22" s="91"/>
+    </row>
+    <row r="23" spans="1:3" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="84" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" s="86" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="107" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" s="101">
+        <v>149.97</v>
+      </c>
+      <c r="C24" s="97" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="79" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" s="99"/>
+      <c r="C25" s="91"/>
+    </row>
+    <row r="26" spans="1:3" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="75" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" s="71"/>
+      <c r="C26" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="100"/>
+      <c r="B27" s="101"/>
+      <c r="C27" s="114"/>
+    </row>
+    <row r="28" spans="1:3" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="98" t="s">
+        <v>12</v>
+      </c>
+      <c r="B28" s="99"/>
+      <c r="C28" s="113"/>
+    </row>
+    <row r="29" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A29" s="75"/>
+      <c r="B29" s="72"/>
+      <c r="C29" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="75"/>
+      <c r="B30" s="72"/>
+      <c r="C30" s="20"/>
+    </row>
+    <row r="31" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="79" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="87"/>
+      <c r="C31" s="91"/>
+    </row>
+    <row r="32" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A32" s="75"/>
+      <c r="B32" s="71"/>
+      <c r="C32" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="75"/>
+      <c r="B33" s="71"/>
+      <c r="C33" s="20"/>
+    </row>
+    <row r="34" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="B34" s="87"/>
+      <c r="C34" s="91"/>
+    </row>
+    <row r="35" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A35" s="75"/>
+      <c r="B35" s="71"/>
+      <c r="C35" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="75"/>
+      <c r="B36" s="71"/>
+      <c r="C36" s="20"/>
+    </row>
+    <row r="37" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="79" t="s">
+        <v>13</v>
+      </c>
+      <c r="B37" s="87"/>
+      <c r="C37" s="91"/>
+    </row>
+    <row r="38" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A38" s="75"/>
+      <c r="B38" s="71"/>
+      <c r="C38" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="107" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" s="96">
+        <v>150</v>
+      </c>
+      <c r="C39" s="97"/>
+    </row>
+    <row r="40" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="B40" s="87"/>
+      <c r="C40" s="91"/>
+    </row>
+    <row r="41" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A41" s="75"/>
+      <c r="B41" s="71"/>
+      <c r="C41" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="95"/>
+      <c r="B42" s="96"/>
+      <c r="C42" s="97"/>
+    </row>
+    <row r="43" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="B43" s="87"/>
+      <c r="C43" s="91"/>
+    </row>
+    <row r="44" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A44" s="75"/>
+      <c r="B44" s="71"/>
+      <c r="C44" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="95"/>
+      <c r="B45" s="96"/>
+      <c r="C45" s="97"/>
+    </row>
+    <row r="46" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="79" t="s">
+        <v>16</v>
+      </c>
+      <c r="B46" s="87"/>
+      <c r="C46" s="91"/>
+    </row>
+    <row r="47" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A47" s="75"/>
+      <c r="B47" s="71"/>
+      <c r="C47" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="95"/>
+      <c r="B48" s="96"/>
+      <c r="C48" s="97"/>
+    </row>
+    <row r="49" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="79" t="s">
+        <v>17</v>
+      </c>
+      <c r="B49" s="87"/>
+      <c r="C49" s="91"/>
+    </row>
+    <row r="50" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A50" s="75"/>
+      <c r="B50" s="71"/>
+      <c r="C50" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="95"/>
+      <c r="B51" s="96"/>
+      <c r="C51" s="97"/>
+    </row>
+    <row r="52" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="B52" s="87"/>
+      <c r="C52" s="91"/>
+    </row>
+    <row r="53" spans="1:3" ht="31.2" x14ac:dyDescent="0.25">
+      <c r="A53" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="B53" s="21"/>
+      <c r="C53" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="95"/>
+      <c r="B54" s="105"/>
+      <c r="C54" s="97"/>
+    </row>
+    <row r="55" spans="1:3" ht="42.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="79" t="s">
         <v>82</v>
       </c>
-      <c r="B3" s="125"/>
-[...79 lines deleted...]
-      <c r="A12" s="92" t="s">
+      <c r="B55" s="87"/>
+      <c r="C55" s="91"/>
+    </row>
+    <row r="56" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A56" s="75"/>
+      <c r="B56" s="71"/>
+      <c r="C56" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="95"/>
+      <c r="B57" s="96"/>
+      <c r="C57" s="97"/>
+    </row>
+    <row r="58" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="79" t="s">
         <v>81</v>
       </c>
-      <c r="B12" s="88">
-[...242 lines deleted...]
-      <c r="A48" s="96" t="s">
+      <c r="B58" s="87"/>
+      <c r="C58" s="91"/>
+    </row>
+    <row r="59" spans="1:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="A59" s="75"/>
+      <c r="B59" s="71"/>
+      <c r="C59" s="23" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="95"/>
+      <c r="B60" s="96"/>
+      <c r="C60" s="97"/>
+    </row>
+    <row r="61" spans="1:3" ht="24" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="79" t="s">
         <v>29</v>
       </c>
-      <c r="B48" s="97"/>
-[...10 lines deleted...]
-      <c r="A50" s="84" t="s">
+      <c r="B61" s="87"/>
+      <c r="C61" s="91"/>
+    </row>
+    <row r="62" spans="1:3" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="75"/>
+      <c r="B62" s="73"/>
+      <c r="C62" s="20" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" ht="42.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="67" t="s">
         <v>5</v>
       </c>
-      <c r="B50" s="85">
-[...3 lines deleted...]
-      <c r="C50" s="86" t="s">
+      <c r="B63" s="68">
+        <f>SUM(B5:B61)</f>
+        <v>4172.1999999999989</v>
+      </c>
+      <c r="C63" s="92" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="51" spans="1:3" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="27" t="s">
+    <row r="64" spans="1:3" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="B51" s="119"/>
-[...3 lines deleted...]
-      <c r="A52" s="118" t="s">
+      <c r="B64" s="135"/>
+      <c r="C64" s="136"/>
+    </row>
+    <row r="65" spans="1:6" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="134" t="s">
         <v>7</v>
       </c>
-      <c r="B52" s="118"/>
-[...3 lines deleted...]
-      <c r="A53" s="20" t="s">
+      <c r="B65" s="134"/>
+      <c r="C65" s="134"/>
+    </row>
+    <row r="66" spans="1:6" ht="31.2" x14ac:dyDescent="0.25">
+      <c r="A66" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="B53" s="15"/>
-[...8 lines deleted...]
-      <c r="A55" s="103" t="s">
+      <c r="B66" s="108" t="s">
+        <v>85</v>
+      </c>
+      <c r="C66" s="93"/>
+    </row>
+    <row r="67" spans="1:6" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A67" s="7"/>
+      <c r="B67" s="89"/>
+      <c r="C67" s="94"/>
+    </row>
+    <row r="68" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A68" s="142" t="s">
         <v>27</v>
       </c>
-      <c r="B55" s="104"/>
-[...18 lines deleted...]
-      <c r="A59" s="14" t="s">
+      <c r="B68" s="143"/>
+      <c r="C68" s="144"/>
+      <c r="D68" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E68" s="154"/>
+      <c r="F68" s="154"/>
+    </row>
+    <row r="69" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A69" s="145"/>
+      <c r="B69" s="146"/>
+      <c r="C69" s="147"/>
+      <c r="D69" s="154"/>
+      <c r="E69" s="154"/>
+      <c r="F69" s="154"/>
+    </row>
+    <row r="70" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A70" s="145"/>
+      <c r="B70" s="146"/>
+      <c r="C70" s="147"/>
+      <c r="D70" s="154"/>
+      <c r="E70" s="154"/>
+      <c r="F70" s="154"/>
+    </row>
+    <row r="71" spans="1:6" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A71" s="148"/>
+      <c r="B71" s="149"/>
+      <c r="C71" s="150"/>
+      <c r="D71" s="154"/>
+      <c r="E71" s="154"/>
+      <c r="F71" s="154"/>
+    </row>
+    <row r="72" spans="1:6" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A72" s="109" t="s">
         <v>3</v>
       </c>
-      <c r="B59" s="121"/>
-[...3 lines deleted...]
-      <c r="A60" s="95" t="s">
+      <c r="B72" s="151"/>
+      <c r="C72" s="152"/>
+      <c r="D72" s="154"/>
+      <c r="E72" s="154"/>
+      <c r="F72" s="154"/>
+    </row>
+    <row r="73" spans="1:6" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A73" s="110" t="s">
         <v>4</v>
       </c>
-      <c r="B60" s="123"/>
-[...25 lines deleted...]
-      </c>
+      <c r="B73" s="153"/>
+      <c r="C73" s="153"/>
+      <c r="D73" s="154"/>
+      <c r="E73" s="154"/>
+      <c r="F73" s="154"/>
+    </row>
+    <row r="74" spans="1:6" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A74" s="111"/>
+      <c r="B74" s="112"/>
+      <c r="C74" s="112"/>
+      <c r="D74" s="154"/>
+      <c r="E74" s="154"/>
+      <c r="F74" s="154"/>
+    </row>
+    <row r="75" spans="1:6" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A75" s="116" t="s">
+        <v>59</v>
+      </c>
+      <c r="B75" s="117"/>
+      <c r="C75" s="118"/>
+    </row>
+    <row r="76" spans="1:6" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A76" s="128" t="s">
+        <v>60</v>
+      </c>
+      <c r="B76" s="129"/>
+      <c r="C76" s="130"/>
+    </row>
+    <row r="106" spans="3:3" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="C106" s="115"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
+  <mergeCells count="12">
+    <mergeCell ref="D68:F74"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="B2:B3"/>
-    <mergeCell ref="B51:C51"/>
-[...5 lines deleted...]
-    <mergeCell ref="A62:C62"/>
+    <mergeCell ref="B64:C64"/>
+    <mergeCell ref="A4:C4"/>
+    <mergeCell ref="A76:C76"/>
+    <mergeCell ref="A65:C65"/>
+    <mergeCell ref="A68:C71"/>
+    <mergeCell ref="B72:C72"/>
+    <mergeCell ref="B73:C73"/>
+    <mergeCell ref="A75:C75"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48C70B53-B602-42E2-8859-9C7A32106A80}">
   <sheetPr>
+    <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F87"/>
+  <dimension ref="A1:F52"/>
   <sheetViews>
-    <sheetView topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:A15"/>
+    <sheetView tabSelected="1" topLeftCell="A27" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B36" sqref="B36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="24.83203125" defaultRowHeight="15.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="24.77734375" defaultRowHeight="15.6" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.1640625" style="8" customWidth="1"/>
-    <col min="2" max="2" width="47.5" style="3" customWidth="1"/>
+    <col min="1" max="1" width="28.109375" style="7" customWidth="1"/>
+    <col min="2" max="2" width="47.44140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="71.33203125" style="3" customWidth="1"/>
-    <col min="5" max="5" width="28.83203125" customWidth="1"/>
+    <col min="5" max="5" width="28.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="98.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="126" t="e" vm="1">
+    <row r="1" spans="1:6" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="156" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
-      <c r="B1" s="126"/>
-[...12 lines deleted...]
-      <c r="C3" s="32" t="s">
+      <c r="B1" s="156"/>
+      <c r="C1" s="156"/>
+    </row>
+    <row r="2" spans="1:6" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="8"/>
+      <c r="B2" s="9"/>
+      <c r="C2" s="28"/>
+    </row>
+    <row r="3" spans="1:6" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="157" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" s="157"/>
+      <c r="C3" s="28" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      <c r="C5" s="36"/>
+    <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" s="29"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="132"/>
+      <c r="E4" s="133"/>
+      <c r="F4" s="133"/>
+    </row>
+    <row r="5" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" s="32"/>
+      <c r="C5" s="31"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
     </row>
-    <row r="6" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="6" t="s">
+    <row r="6" spans="1:6" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" s="33"/>
+      <c r="C6" s="34"/>
+    </row>
+    <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="B6" s="37"/>
-      <c r="C6" s="36" t="s">
+      <c r="B7" s="35"/>
+      <c r="C7" s="36"/>
+    </row>
+    <row r="8" spans="1:6" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="2"/>
-[...15 lines deleted...]
-      <c r="B8" s="35"/>
+      <c r="B8" s="37"/>
       <c r="C8" s="36"/>
-      <c r="D8" s="2"/>
-[...54 lines deleted...]
-      <c r="C15" s="45" t="s">
+    </row>
+    <row r="9" spans="1:6" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="157" t="s">
         <v>44</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C16" s="32" t="s">
+      <c r="B9" s="157"/>
+      <c r="C9" s="28" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="38"/>
+      <c r="C10" s="30"/>
+    </row>
+    <row r="11" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="32"/>
+      <c r="C11" s="31"/>
+    </row>
+    <row r="12" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="39"/>
+      <c r="C12" s="34"/>
+    </row>
+    <row r="13" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="37"/>
+      <c r="C13" s="36"/>
+    </row>
+    <row r="14" spans="1:6" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="40"/>
+      <c r="C14" s="36"/>
+    </row>
+    <row r="15" spans="1:6" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="157" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="157"/>
+      <c r="C15" s="28" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="38"/>
+      <c r="C16" s="30"/>
+    </row>
+    <row r="17" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
-        <v>72</v>
-[...7 lines deleted...]
-      <c r="A18" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="32"/>
+      <c r="C17" s="31"/>
+    </row>
+    <row r="18" spans="1:3" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B18" s="47"/>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="39"/>
+      <c r="C18" s="34"/>
+    </row>
+    <row r="19" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="37"/>
-      <c r="C19" s="36" t="s">
+      <c r="C19" s="36"/>
+    </row>
+    <row r="20" spans="1:3" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="6" t="s">
+      <c r="B20" s="40"/>
+      <c r="C20" s="36"/>
+    </row>
+    <row r="21" spans="1:3" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="157" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="157"/>
+      <c r="C21" s="28" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="38"/>
+      <c r="C22" s="30"/>
+    </row>
+    <row r="23" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" s="32"/>
+      <c r="C23" s="31"/>
+    </row>
+    <row r="24" spans="1:3" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" s="39"/>
+      <c r="C24" s="34"/>
+    </row>
+    <row r="25" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="37"/>
+      <c r="C25" s="36"/>
+    </row>
+    <row r="26" spans="1:3" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" s="40"/>
+      <c r="C26" s="36"/>
+    </row>
+    <row r="27" spans="1:3" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="157" t="s">
+        <v>47</v>
+      </c>
+      <c r="B27" s="157"/>
+      <c r="C27" s="28" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" s="38"/>
+      <c r="C28" s="30"/>
+    </row>
+    <row r="29" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="32"/>
+      <c r="C29" s="31"/>
+    </row>
+    <row r="30" spans="1:3" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="39"/>
+      <c r="C30" s="34"/>
+    </row>
+    <row r="31" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="37"/>
+      <c r="C31" s="36"/>
+    </row>
+    <row r="32" spans="1:3" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="40"/>
+      <c r="C32" s="36"/>
+    </row>
+    <row r="33" spans="1:4" ht="31.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="B33" s="42">
+        <f>B6+B12+B18+B24+B30</f>
+        <v>0</v>
+      </c>
+      <c r="C33" s="43"/>
+    </row>
+    <row r="34" spans="1:4" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="B20" s="47"/>
-[...3 lines deleted...]
-      <c r="A21" s="6" t="s">
+      <c r="B34" s="45"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="52"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="158" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="158"/>
+      <c r="C35" s="158"/>
+      <c r="D35" s="52"/>
+    </row>
+    <row r="36" spans="1:4" ht="31.2" x14ac:dyDescent="0.25">
+      <c r="A36" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="B36" s="170"/>
+      <c r="C36" s="47"/>
+      <c r="D36" s="52"/>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D37" s="53"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="168" t="s">
+        <v>93</v>
+      </c>
+      <c r="B38" s="168"/>
+      <c r="C38" s="168"/>
+      <c r="D38" s="54"/>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="48"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B40" s="18"/>
+      <c r="C40" s="18"/>
+    </row>
+    <row r="42" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A42" s="159" t="s">
         <v>35</v>
       </c>
-      <c r="B21" s="47"/>
-[...3 lines deleted...]
-      <c r="A22" s="6" t="s">
+      <c r="B42" s="160"/>
+      <c r="C42" s="161"/>
+    </row>
+    <row r="43" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A43" s="162"/>
+      <c r="B43" s="163"/>
+      <c r="C43" s="164"/>
+    </row>
+    <row r="44" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A44" s="162"/>
+      <c r="B44" s="163"/>
+      <c r="C44" s="164"/>
+    </row>
+    <row r="45" spans="1:4" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A45" s="165"/>
+      <c r="B45" s="166"/>
+      <c r="C45" s="167"/>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="B46" s="49"/>
+      <c r="C46" s="50"/>
+    </row>
+    <row r="47" spans="1:4" ht="31.2" x14ac:dyDescent="0.25">
+      <c r="A47" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B47" s="51"/>
+      <c r="C47" s="50"/>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="70" t="s">
+        <v>54</v>
+      </c>
+      <c r="B48" s="70"/>
+      <c r="C48" s="70" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="18"/>
+      <c r="B49" s="18"/>
+      <c r="C49" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="B22" s="47"/>
-[...3 lines deleted...]
-      <c r="A23" s="6" t="s">
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="18"/>
+      <c r="B50" s="18"/>
+      <c r="C50" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="B23" s="47"/>
-[...3 lines deleted...]
-      <c r="A24" s="6" t="s">
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C51" s="11" t="s">
         <v>38</v>
       </c>
-      <c r="B24" s="48"/>
-[...3 lines deleted...]
-      <c r="A25" s="6" t="s">
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C52" s="11" t="s">
         <v>39</v>
-      </c>
-[...478 lines deleted...]
-        <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="A77:C80"/>
-[...3 lines deleted...]
-    <mergeCell ref="A73:C73"/>
+    <mergeCell ref="A42:C45"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A38:C38"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="D4:F4"/>
-    <mergeCell ref="A16:B16"/>
-    <mergeCell ref="A70:C70"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A35:C35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="74" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1253CCE-F81E-42A5-A37D-079E94D92E55}">
-  <dimension ref="A1:C16"/>
+  <dimension ref="A1:C9"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6:XFD6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.1640625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="47.5" style="2" customWidth="1"/>
+    <col min="1" max="1" width="28.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="47.44140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="71.33203125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="98.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="126" t="e" vm="1">
+    <row r="1" spans="1:3" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="156" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
-      <c r="B1" s="126"/>
-[...14 lines deleted...]
-      <c r="C3" s="32" t="s">
+      <c r="B1" s="156"/>
+      <c r="C1" s="156"/>
+    </row>
+    <row r="2" spans="1:3" s="10" customFormat="1" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A2" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" s="9"/>
+      <c r="C2" s="28"/>
+    </row>
+    <row r="3" spans="1:3" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="169" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" s="169"/>
+      <c r="C3" s="28" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B4" s="17" t="s">
+    <row r="4" spans="1:3" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="13"/>
+      <c r="B4" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="18" t="s">
+      <c r="C4" s="15" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="63" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C5" s="67" t="s">
+    <row r="5" spans="1:3" ht="15.6" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" s="55" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" s="56"/>
+    </row>
+    <row r="6" spans="1:3" ht="31.2" x14ac:dyDescent="0.25">
+      <c r="A6" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="58" t="s">
         <v>55</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="C6" s="57" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="107.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B6" s="68" t="s">
-[...7 lines deleted...]
-      <c r="A7" s="6" t="s">
+      <c r="B7" s="60">
+        <v>5115.62</v>
+      </c>
+      <c r="C7" s="61" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="70" t="s">
-[...17 lines deleted...]
-    <row r="9" spans="1:3" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="59"/>
+      <c r="C8" s="62"/>
+    </row>
+    <row r="9" spans="1:3" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
-        <v>35</v>
-[...79 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="B9" s="59"/>
+      <c r="C9" s="57"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010040459B216539D74AAB54855F6410155F" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6e5ca6a6c302a0555372e0ca9a08f74b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4e8dc3a8-f893-4b59-9cbe-773056eb360d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cb413beb60a183c47a60a276dabb5461" ns2:_="">
     <xsd:import namespace="4e8dc3a8-f893-4b59-9cbe-773056eb360d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4e8dc3a8-f893-4b59-9cbe-773056eb360d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -3930,97 +3723,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BB0D6ED-5427-4621-89E1-9E974EDD8608}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4e8dc3a8-f893-4b59-9cbe-773056eb360d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C07134E-5431-4F53-80EF-1A41B6087C97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B160A1FF-95A4-447C-98E5-4642113DFD4F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="4e8dc3a8-f893-4b59-9cbe-773056eb360d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>PHEP Reimbursable Expenses</vt:lpstr>
       <vt:lpstr>PHEP Reimbursable Instructions</vt:lpstr>
       <vt:lpstr>Personnel Expenses</vt:lpstr>
       <vt:lpstr>Personnel Instructions</vt:lpstr>